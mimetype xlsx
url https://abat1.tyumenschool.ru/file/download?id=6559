--- v0 (2025-10-10)
+++ v1 (2025-12-15)
@@ -1,43 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default Extension="sigs" ContentType="application/vnd.openxmlformats-package.digital-signature-origin"/>
+  <Override PartName="/_xmlsignatures/sig1.xml" ContentType="application/vnd.openxmlformats-package.digital-signature-xmlsignature+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/digital-signature/origin" Target="_xmlsignatures/origin.sigs"/></Relationships>
+
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="105" windowWidth="15120" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <si>
     <t>класс</t>
   </si>
   <si>
     <t>всего</t>
   </si>
   <si>
@@ -909,50 +912,194 @@
       <c r="Z45" s="6"/>
       <c r="AA45" s="6"/>
       <c r="AB45" s="6"/>
       <c r="AC45" s="6"/>
       <c r="AD45" s="6"/>
       <c r="AE45" s="6"/>
       <c r="AF45" s="6"/>
       <c r="AG45" s="6"/>
       <c r="AH45" s="6"/>
       <c r="AI45" s="6"/>
       <c r="AJ45" s="6"/>
       <c r="AK45" s="6"/>
       <c r="AL45" s="6"/>
       <c r="AM45" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:L1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.34" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" orientation="landscape" horizontalDpi="180" verticalDpi="180" r:id="rId1"/>
 </worksheet>
 </file>
 
+<file path=_xmlsignatures/_rels/origin.sigs.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/digital-signature/signature" Target="sig1.xml"/></Relationships>
+</file>
+
+<file path=_xmlsignatures/sig1.xml><?xml version="1.0" encoding="utf-8"?>
+<Signature xmlns="http://www.w3.org/2000/09/xmldsig#" Id="idPackageSignature">
+  <SignedInfo>
+    <CanonicalizationMethod Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+    <SignatureMethod Algorithm="http://www.w3.org/2000/09/xmldsig#rsa-sha1"/>
+    <Reference Type="http://www.w3.org/2000/09/xmldsig#Object" URI="#idPackageObject">
+      <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+      <DigestValue>n42TvGRlNTDr47YIya42j1Q66oI=</DigestValue>
+    </Reference>
+    <Reference Type="http://www.w3.org/2000/09/xmldsig#Object" URI="#idOfficeObject">
+      <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+      <DigestValue>qHaQ7908NIwzGU7HYBA+z0wQ+Vo=</DigestValue>
+    </Reference>
+  </SignedInfo>
+  <SignatureValue>ZEJv6E76l4C9HN8fQ1NR8H6n+Mw7LTLTKR1xXBSOp6zU/rRWWTglKqg+IF/7t7a7D08aZZkw0qFPl+2hSAA7uOLQI2L/SJ5KOsHuH87ci+2hpWuu+sw+KbcBV2u3ECxBbJGYatX/lZji4sSyjpdrkmE9mSakXVTRTkR15COXHcpFltqyC1OaWgf/TGCp3regkXL1fDTuhHBVlo26mB0TRAa8ezcCoCXNoFykXokvqa++aTf4Nphf+TDSraREM9vNhy9uZP6ZAxpsephyTAgSi6xhRlk0aFuK2Re/s+7yzJ1U1xmV3nwHd9yO5HSa3FWfeJtAwpJ8DkCX2++YNpIC7lTPPqbkyQ3XgvIpCZy641OMKGMrhMJMthVBURxjQe3e+7Szsohb7kKQhJRlKuXTVOhVk6mszU3wmV1FSKDp/5u7FWkp7vC3+Qkniw+2+SNyBXqmCULysTIn+lCSlYDFJcT8z811V8Sm88cB3VyxmCoYJl5wYsk9Qfk3rB4HVBL4nOJsM6BlC0CkvcxzBs6qZul7BGG/gDl8cMdKBnifsbkvbu7q/vJVh4joA4k39h1Bf/0vJABqNrKqiCYsYI1lv7ZaWKciq+5fdmBgM4lgBKStR3owzuLxvwJX24hG6P38HfO3jRRQ4qEAYX93sug+dBqdKYNLIg5FGOSSHmMCESk=</SignatureValue>
+  <KeyInfo>
+    <X509Data>
+      <X509Certificate>MIIFjTCCA3UCFHAyQbp9WrE8456m3b7M5Yfp4m+fMA0GCSqGSIb3DQEBCwUAMIGQ
+MS4wLAYDVQQDDCXRgdCw0LnRgtGL0L7QsdGA0LDQt9C+0LLQsNC90LjRji7RgNGE
+MS4wLAYDVQQKDCXRgdCw0LnRgtGL0L7QsdGA0LDQt9C+0LLQsNC90LjRji7RgNGE
+MSEwHwYDVQQHDBjQldC60LDRgtC10YDQuNC90LHRg9GA0LMxCzAJBgNVBAYTAlJV
+MB4XDTI1MDkyMjA2NTgwN1oXDTI2MDkyMjA2NTgwN1owdTE1MDMGA1UEAwws0JHQ
+sNC20LjQvdCwINCV0LvQtdC90LAg0JLQuNC60YLQvtGA0L7QstC90LAxLzAtBgNV
+BAoMJtCc0JDQntCjINCQ0LHQsNGC0YHQutCw0Y8g0KHQntCoIOKEliAxMQswCQYD
+VQQGEwJSVTCCAiIwDQYJKoZIhvcNAQEBBQADggIPADCCAgoCggIBAKY0WgzKGfFA
+sleswZEWUYtIh52sXQ8LrcCy3GBNvcJeYR30dZyQWV8dHL2psGtb5cV/0rmGzh97
+WjNU6XrRKkwjYXOp5AStSydF/0WbgKme3hS1+81Edwr6MqX8a8fBTR9qOzzyrvgf
+TTVtAzo188R+bp+x+t+9Y+FBJHcN+QBJduo1SoTEQQvgxLwi26WbT39j8S3E9tt5
+gS1CI5kPp3hEim5j6opMB5ind9YoPWN4s/BqwwuytZ+ssGro95/kqXVTqTSjVdth
+XjYBtZBRVOUI0Xeh4cbHRHDPAJSrDEh4iOqaGp09tdQPfRig6lr90L0R/ULEpohA
+QL9HbAF3o2Bsj79XNqHQopJ6rhEN4m+XWoWD8wz7yXRjm6uIwTsYuNxgaenobZPq
+9uZf4RuCinrlqta7QVP1J1CdpKASmKXgJiniJtloQQ1ZicfTXOmW7viIZ27NzTWX
+p0cemwzzqQgo0A69LAUkB7mLu8emxTTwXFbmlOvemE9fCHDbr/tVIMiQXcrYoaTi
+7tmuykYY7//RFeMXE+nBgM2eLwhOl9YsipaFc/JsWX0htbtCq5QmPFVySdAba7h4
+ksiVKi2Qti4ULITIt9L27v5IxAcnjz9H23QrGhZEwiePNsdwaJhx/w37a3bFsi79
+TdoORTV4xUhu0pxaJTsukAHmibE+X4uHAgMBAAEwDQYJKoZIhvcNAQELBQADggIB
+AHJCiybl03QUW0JNUHcHD27KoyV0LCl+pFaVJeV2lKEn/uKYu+uRtgtX8oa4sdId
+9tgcaeDgwFr+aKxzjhlVl125E3qCK6dzg2gyUYHhRmC/8AUyHdW5ue1q2uTVZ8mq
+En3TsroRvdaAHq2kE+vGZKpIdCWKg4lUIHJ9hca0CormR6inQgdVqtqeO7O7brpL
+RSoIa/ihQrmrtswZFCjJtpc0jEwMF9RzepD+hRt30pmsDCoZ24+kHypc/HncUzXI
+I8JKqWH+LP/lF/EZsf/mDIp2xYlMQnTRdLrtHXrJFrusUFqGMJzhQgYNut1SFJpT
+ge5h664/YUf5iqzcPF9dMg0tYA5wzSIYlZWQwcBHCZKW/e9tW6SivKHN71iHYuPZ
+QBGCD85bruWrQ0vc7oxnD2B1mnQFkWrnqrvjlkLoSLB6baOO3pwKpfLKQ41l5glj
+sqCi2epFXobtaIJT1gMuy6VQp2ysphPjc+2MGMTKoWr1I62RiBlEfRK40FK1Qxb0
+qUPdoKelRNMdCYgnDfpRI8wenSL3KXNQIh80twFgYRclIGddzDaifFV3wxhr/MFU
+GZaJo0hYMCRlbE38P3ILCyglRU1e0zMiH1lke2fLT+DveSPjmhGfRnBEZ5zG/UqB
+w5SCOkewYTfKrvHFSJ80dRz3+W7UpquHpLa5P/4K8wt3</X509Certificate>
+    </X509Data>
+  </KeyInfo>
+  <Object xmlns:mdssi="http://schemas.openxmlformats.org/package/2006/digital-signature" Id="idPackageObject">
+    <Manifest>
+      <Reference URI="/_rels/.rels?ContentType=application/vnd.openxmlformats-package.relationships+xml">
+        <Transforms>
+          <Transform Algorithm="http://schemas.openxmlformats.org/package/2006/RelationshipTransform">
+            <mdssi:RelationshipReference SourceId="rId1"/>
+          </Transform>
+          <Transform Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+        </Transforms>
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>+nAd0bim5u961Z6hkrztwiSj8HA=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/_rels/workbook.xml.rels?ContentType=application/vnd.openxmlformats-package.relationships+xml">
+        <Transforms>
+          <Transform Algorithm="http://schemas.openxmlformats.org/package/2006/RelationshipTransform">
+            <mdssi:RelationshipReference SourceId="rId3"/>
+            <mdssi:RelationshipReference SourceId="rId2"/>
+            <mdssi:RelationshipReference SourceId="rId1"/>
+            <mdssi:RelationshipReference SourceId="rId4"/>
+          </Transform>
+          <Transform Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+        </Transforms>
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>/MRSwmP7vyqsV2Y2PZQJiI7T9Uc=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/worksheets/_rels/sheet1.xml.rels?ContentType=application/vnd.openxmlformats-package.relationships+xml">
+        <Transforms>
+          <Transform Algorithm="http://schemas.openxmlformats.org/package/2006/RelationshipTransform">
+            <mdssi:RelationshipReference SourceId="rId1"/>
+          </Transform>
+          <Transform Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+        </Transforms>
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>x3OS0O1Zv90RqYPQ04JCQKrQR8U=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/sharedStrings.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>bgOGPY2nEoLI59gu0Cybz9j+tT8=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/styles.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>R+d+6rMAukA/H5cgz92v8tDb35s=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/theme/theme1.xml?ContentType=application/vnd.openxmlformats-officedocument.theme+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>9WPuFot+Z0nGqBg5HJaxHfaaUSo=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/workbook.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>EulUqBlaIK1nAbV0tqqdiql14sg=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/worksheets/sheet1.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>2Oi8hrGGQbALE61p9cu5BuZPh70=</DigestValue>
+      </Reference>
+    </Manifest>
+    <SignatureProperties>
+      <SignatureProperty Id="idSignatureTime" Target="#idPackageSignature">
+        <mdssi:SignatureTime>
+          <mdssi:Format>YYYY-MM-DDThh:mm:ssTZD</mdssi:Format>
+          <mdssi:Value>2025-10-17T10:01:53Z</mdssi:Value>
+        </mdssi:SignatureTime>
+      </SignatureProperty>
+    </SignatureProperties>
+  </Object>
+  <Object Id="idOfficeObject">
+    <SignatureProperties>
+      <SignatureProperty Id="idOfficeV1Details" Target="#idPackageSignature">
+        <SignatureInfoV1 xmlns="http://schemas.microsoft.com/office/2006/digsig">
+          <SetupID/>
+          <SignatureText/>
+          <SignatureImage/>
+          <SignatureComments>Защита подлинности документа</SignatureComments>
+          <WindowsVersion>5.1</WindowsVersion>
+          <OfficeVersion>12.0</OfficeVersion>
+          <ApplicationVersion>12.0</ApplicationVersion>
+          <Monitors>1</Monitors>
+          <HorizontalResolution>1680</HorizontalResolution>
+          <VerticalResolution>1050</VerticalResolution>
+          <ColorDepth>32</ColorDepth>
+          <SignatureProviderId>{00000000-0000-0000-0000-000000000000}</SignatureProviderId>
+          <SignatureProviderUrl/>
+          <SignatureProviderDetails>9</SignatureProviderDetails>
+          <ManifestHashAlgorithm>http://www.w3.org/2000/09/xmldsig#sha1</ManifestHashAlgorithm>
+          <SignatureType>1</SignatureType>
+        </SignatureInfoV1>
+      </SignatureProperty>
+    </SignatureProperties>
+  </Object>
+</Signature>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>